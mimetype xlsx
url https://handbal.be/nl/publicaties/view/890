--- v0 (2026-02-03)
+++ v1 (2026-03-28)
@@ -30,60 +30,60 @@
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://handballbelgium.sharepoint.com/sites/VHV-SP/VHVData/Algemeen/Kwaliteit/Handboek/Financieel_Aankopen_Onkosten/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="8_{1E4DB03A-BB9F-464B-AF3A-B166779F6D6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B3699EE0-422B-4962-B541-E0A821DE2A10}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="8_{1E4DB03A-BB9F-464B-AF3A-B166779F6D6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C621B26A-449F-4769-8659-C7D5A4A431A2}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{AB336DFB-FF70-48AA-9FE5-8689683AB4A8}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="1" activeTab="13" xr2:uid="{AB336DFB-FF70-48AA-9FE5-8689683AB4A8}"/>
   </bookViews>
   <sheets>
     <sheet name="Personalia en overzicht" sheetId="3" r:id="rId1"/>
     <sheet name="JAN" sheetId="4" r:id="rId2"/>
     <sheet name="FEB" sheetId="5" r:id="rId3"/>
     <sheet name="MAA" sheetId="7" r:id="rId4"/>
     <sheet name="APR" sheetId="8" r:id="rId5"/>
     <sheet name="MEI" sheetId="9" r:id="rId6"/>
     <sheet name="JUN" sheetId="10" r:id="rId7"/>
     <sheet name="JUL" sheetId="13" r:id="rId8"/>
     <sheet name="AUG" sheetId="12" r:id="rId9"/>
     <sheet name="SEP" sheetId="11" r:id="rId10"/>
     <sheet name="OKT" sheetId="14" r:id="rId11"/>
     <sheet name="NOV" sheetId="15" r:id="rId12"/>
     <sheet name="DEC" sheetId="16" r:id="rId13"/>
     <sheet name="Blad3" sheetId="6" r:id="rId14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Personalia en overzicht'!$A$1:$F$34</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
@@ -1026,51 +1026,161 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="14">
+  <dxfs count="25">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -2281,51 +2391,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4DA4841B-27DC-4FDF-9544-619963747C48}">
   <dimension ref="A1:F34"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
+    <sheetView topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
       <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="3" width="16.6640625" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" customWidth="1"/>
     <col min="5" max="6" width="16.6640625" customWidth="1"/>
     <col min="7" max="7" width="21.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="13"/>
       <c r="B1" s="64" t="s">
         <v>17</v>
       </c>
       <c r="C1" s="64"/>
       <c r="D1" s="64"/>
       <c r="E1" s="64"/>
       <c r="F1" s="14"/>
     </row>
     <row r="2" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="65" t="s">
         <v>2</v>
@@ -2655,55 +2765,55 @@
         <v>25</v>
       </c>
       <c r="D34" s="27">
         <f>SUM(D30:D33)</f>
         <v>0</v>
       </c>
       <c r="E34" s="43" t="s">
         <v>29</v>
       </c>
       <c r="F34" s="5"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="D8:D9 D5:D6" name="Gegevens"/>
   </protectedRanges>
   <mergeCells count="7">
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="A9:F9"/>
   </mergeCells>
   <conditionalFormatting sqref="C26">
-    <cfRule type="cellIs" dxfId="13" priority="4" operator="between">
+    <cfRule type="cellIs" dxfId="24" priority="4" operator="between">
       <formula>4000</formula>
       <formula>6500</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="12" priority="5" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="23" priority="5" operator="greaterThan">
       <formula>6500</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D30">
     <cfRule type="colorScale" priority="1">
       <colorScale>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="140"/>
         <cfvo type="num" val="150"/>
         <color theme="9"/>
         <color rgb="FFFFC000"/>
         <color rgb="FFFF0000"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D31">
     <cfRule type="colorScale" priority="2">
       <colorScale>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="140"/>
         <cfvo type="num" val="150"/>
         <color theme="9"/>
         <color rgb="FFFFC000"/>
         <color rgb="FFFF0000"/>
       </colorScale>
@@ -2744,51 +2854,51 @@
         <color rgb="FFFF0000"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{E5082A76-1F46-4A81-B109-D24ECB4F6425}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId2"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;R
 </oddHeader>
     <oddFooter xml:space="preserve">&amp;LVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F726DDBD-B095-4D3C-AD2E-F45A03AB7930}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -3277,80 +3387,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="3" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{623D5C35-00A9-4E8E-AAF7-EAB7B6052E92}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{163ECD0C-B00B-429F-BEA4-F585C7FDFE70}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD18AA15-370A-4A1E-BC2E-CC19FB2BF11A}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -3839,80 +3950,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="2" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{F08A7C49-50BA-4C9B-8F4A-AE717E97B145}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{01DBFD05-6F2F-48EB-BFFD-461AF917DC7D}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D930C7B-6EA4-4B4D-BEEC-5DAEDBB62A58}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -4401,80 +4513,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{3DBE05F1-5B28-4299-AE26-C7735E2BAA99}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{6C42DD9C-CBF0-44F0-8B04-EBDDD1AAFB41}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D982098E-185E-4AA0-9E23-818432583F9B}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -4963,92 +5076,93 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{5E2DAD99-2F67-41DC-B758-9F893678BEA5}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{FD467796-4AF0-4ED7-93CB-AB22F8CD7D1F}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{478E1BFB-CF3A-4E6A-80F7-CB0715169C91}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63A110C4-4755-46B3-954C-1526365D04A7}">
   <dimension ref="A1:H38"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8:B38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -5545,70 +5659,70 @@
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="A7:F7 G7:H38 A8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:H7" name="Titels"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
-    <cfRule type="containsText" dxfId="11" priority="1" operator="containsText" text="Maak een keuze">
+    <cfRule type="containsText" dxfId="22" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{4F2ECC8B-0736-448F-AD6D-0C0EB1EBCE49}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{1580EAE9-1790-4D6C-BD9D-9A58DA9A741A}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{660CBC00-FCF1-4C07-9F37-68887CC48360}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -6097,80 +6211,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="10" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{8F348805-E84E-4AE9-A394-42E5148F7C6B}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{09CC18FC-9BBE-4A55-98D8-7E33659EEB42}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBBA2151-CDEB-4256-A844-64C305895452}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -6659,80 +6774,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="9" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{349EAE0C-7030-42A7-AC93-DB9CB53079B6}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{B77D3DB1-881A-4780-B218-7AE2181EB568}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE83A346-256A-4004-B95F-8D99A8A4FDBE}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -7221,80 +7337,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="8" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{57441D3B-EC84-47D4-869C-20083776B0F4}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{7B56C161-4AA0-4F24-BF65-14B1524BC1F6}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B69AA372-E0F3-4F3D-B69B-3AF81D03720B}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B8" sqref="B8:B38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -7783,80 +7900,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="7" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{AC858C5A-F33E-4979-BCAB-529745777676}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{2C9D84B0-71EE-4DA2-B21B-91E7531DA167}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCA462D7-F121-4CB6-AF2A-D55509A2C2A4}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -8345,80 +8463,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="6" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{92F4336D-DFA8-44DE-BDEA-A60D57BC27C4}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{FDB7AF8C-04A0-45A1-A4A5-FCBDFB89B7EC}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62387E8D-661C-4D35-A41C-7F2D14E9C224}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -8907,80 +9026,81 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="5" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{5CAB949B-15D9-46CF-9FE4-F4B321D8969F}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{39E2BE2F-7FB3-482A-9090-356C3DA9ECB8}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05F9FD3D-A353-493D-AC7A-35521CE79A27}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="74"/>
       <c r="B1" s="75"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="46"/>
@@ -9469,96 +9589,108 @@
       <c r="C37" s="60"/>
       <c r="D37" s="57"/>
       <c r="E37" s="56"/>
       <c r="F37" s="58">
         <v>0</v>
       </c>
       <c r="G37" s="59"/>
       <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="55"/>
       <c r="B38" s="56" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="61"/>
       <c r="D38" s="61"/>
       <c r="E38" s="56"/>
       <c r="F38" s="58">
         <v>0</v>
       </c>
       <c r="G38" s="59"/>
       <c r="H38" s="59"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="4" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{EC5810C6-7099-4DC7-BA3D-FDCD544EE937}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{AAB899CD-2878-431C-BA7A-3F6A1999EB53}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="15bf8341-14ba-437c-a659-0e3d7dba9128" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4951b68c-3f37-43f6-b9b1-051e5d277f4d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CC0E9217BE7FF249B3E685FFC866EDDF" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="bb80b8a038e4c9a67992aa1e1ace6dc7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4951b68c-3f37-43f6-b9b1-051e5d277f4d" xmlns:ns3="15bf8341-14ba-437c-a659-0e3d7dba9128" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7cc4f357f582a287c65fa0f29a574b08" ns2:_="" ns3:_="">
     <xsd:import namespace="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
     <xsd:import namespace="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -9775,101 +9907,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA23BE4A-8C65-4C66-BC71-9187B78B0B18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8365283-07DF-4841-A8A4-D7D852A97663}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5644889E-06A4-494B-9C34-AC87E92F480A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
     <ds:schemaRef ds:uri="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>