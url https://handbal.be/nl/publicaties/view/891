--- v0 (2026-02-03)
+++ v1 (2026-03-28)
@@ -29,58 +29,58 @@
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://handballbelgium.sharepoint.com/sites/VHV-SP/VHVData/Algemeen/Kwaliteit/Handboek/Financieel_Aankopen_Onkosten/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="58" documentId="8_{9960B804-3C59-42F0-AB40-6F68DC4363FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00E61497-7ECA-4777-BCB7-8CAB00DC4899}"/>
+  <xr:revisionPtr revIDLastSave="119" documentId="8_{9960B804-3C59-42F0-AB40-6F68DC4363FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{92E737DA-8BAB-469F-A90C-CD906E84CC3B}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{AB336DFB-FF70-48AA-9FE5-8689683AB4A8}"/>
   </bookViews>
   <sheets>
     <sheet name="Personalia en overzicht" sheetId="27" r:id="rId1"/>
     <sheet name="JAN" sheetId="1" r:id="rId2"/>
     <sheet name="FEB" sheetId="38" r:id="rId3"/>
     <sheet name="MAA" sheetId="28" r:id="rId4"/>
     <sheet name="APR" sheetId="29" r:id="rId5"/>
     <sheet name="MEI" sheetId="30" r:id="rId6"/>
     <sheet name="JUN" sheetId="31" r:id="rId7"/>
     <sheet name="JUL" sheetId="32" r:id="rId8"/>
     <sheet name="AUG" sheetId="37" r:id="rId9"/>
     <sheet name="SEP" sheetId="36" r:id="rId10"/>
     <sheet name="OKT" sheetId="35" r:id="rId11"/>
     <sheet name="NOV" sheetId="40" r:id="rId12"/>
     <sheet name="DEC" sheetId="33" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">APR!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">AUG!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">DEC!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">FEB!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">JAN!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">JUL!$A$1:$H$38</definedName>
@@ -88,51 +88,63 @@
     <definedName name="_xlnm.Print_Area" localSheetId="3">MAA!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">MEI!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">OKT!$A$1:$H$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Personalia en overzicht'!$A$1:$G$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">SEP!$A$1:$H$38</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G5" i="40" l="1"/>
+  <c r="C28" i="27" l="1"/>
+  <c r="C27" i="27"/>
+  <c r="C26" i="27"/>
+  <c r="C25" i="27"/>
+  <c r="C24" i="27"/>
+  <c r="C23" i="27"/>
+  <c r="C22" i="27"/>
+  <c r="C21" i="27"/>
+  <c r="C20" i="27"/>
+  <c r="C19" i="27"/>
+  <c r="C18" i="27"/>
+  <c r="C17" i="27"/>
+  <c r="G5" i="40"/>
   <c r="F5" i="40"/>
   <c r="G5" i="38"/>
   <c r="F5" i="38"/>
   <c r="G5" i="37"/>
   <c r="F5" i="37"/>
   <c r="G5" i="36"/>
   <c r="F5" i="36"/>
   <c r="G5" i="35"/>
   <c r="F5" i="35"/>
   <c r="G5" i="33"/>
   <c r="F5" i="33"/>
   <c r="G5" i="32"/>
   <c r="F5" i="32"/>
   <c r="G5" i="31"/>
   <c r="F5" i="31"/>
   <c r="G5" i="30"/>
   <c r="F5" i="30"/>
   <c r="G5" i="29"/>
   <c r="F5" i="29"/>
   <c r="G5" i="28"/>
   <c r="F5" i="28"/>
   <c r="D24" i="27"/>
   <c r="D25" i="27"/>
   <c r="D26" i="27"/>
   <c r="D27" i="27"/>
@@ -1009,59 +1021,50 @@
     <xf numFmtId="164" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="7" fontId="0" fillId="3" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="29" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -1082,67 +1085,76 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="44" fontId="0" fillId="3" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="2" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="44" fontId="0" fillId="3" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="3" borderId="29" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="3" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
@@ -2362,384 +2374,420 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C50F216F-B9EE-42F0-8996-6A4B97FDB32C}">
   <dimension ref="A1:G31"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B10" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
-      <selection activeCell="F30" sqref="F30"/>
+    <sheetView tabSelected="1" topLeftCell="B11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16.6640625" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="16.6640625" customWidth="1"/>
     <col min="3" max="7" width="20.109375" customWidth="1"/>
     <col min="8" max="8" width="21.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="25"/>
-      <c r="B1" s="60" t="s">
+      <c r="B1" s="57" t="s">
         <v>29</v>
       </c>
-      <c r="C1" s="60"/>
-[...2 lines deleted...]
-      <c r="F1" s="60"/>
+      <c r="C1" s="57"/>
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="57"/>
       <c r="G1" s="26"/>
     </row>
     <row r="2" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="61"/>
-[...3 lines deleted...]
-      <c r="F2" s="61"/>
+      <c r="B2" s="58"/>
+      <c r="C2" s="58"/>
+      <c r="D2" s="58"/>
+      <c r="E2" s="58"/>
+      <c r="F2" s="58"/>
       <c r="G2" s="2"/>
     </row>
     <row r="3" spans="1:7" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="1"/>
       <c r="C3" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="50"/>
       <c r="E3" s="24">
         <v>2026</v>
       </c>
       <c r="G3" s="2"/>
     </row>
     <row r="4" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="33"/>
       <c r="C4" s="33"/>
       <c r="D4" s="33"/>
       <c r="E4" s="33"/>
       <c r="F4" s="33"/>
       <c r="G4" s="34"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="C5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="69" t="s">
+      <c r="D5" s="66" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="70"/>
+      <c r="E5" s="67"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="C6" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="71" t="s">
+      <c r="D6" s="68" t="s">
         <v>3</v>
       </c>
-      <c r="E6" s="72"/>
+      <c r="E6" s="69"/>
       <c r="G6" s="2"/>
     </row>
     <row r="7" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="1"/>
-      <c r="C7" s="55" t="s">
+      <c r="C7" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="73">
+      <c r="D7" s="70">
         <v>0.44490000000000002</v>
       </c>
-      <c r="E7" s="74"/>
+      <c r="E7" s="71"/>
       <c r="G7" s="2"/>
     </row>
     <row r="8" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="1"/>
-      <c r="C8" s="55" t="s">
+      <c r="C8" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="73"/>
-      <c r="E8" s="74"/>
+      <c r="D8" s="70"/>
+      <c r="E8" s="71"/>
       <c r="G8" s="2"/>
     </row>
     <row r="9" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="1"/>
       <c r="G9" s="2"/>
     </row>
     <row r="10" spans="1:7" ht="49.8" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="62" t="s">
+      <c r="A10" s="59" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="63"/>
-[...4 lines deleted...]
-      <c r="G10" s="64"/>
+      <c r="B10" s="60"/>
+      <c r="C10" s="60"/>
+      <c r="D10" s="60"/>
+      <c r="E10" s="60"/>
+      <c r="F10" s="60"/>
+      <c r="G10" s="61"/>
     </row>
     <row r="11" spans="1:7" ht="20.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="65" t="s">
+      <c r="A11" s="62" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="66"/>
-[...4 lines deleted...]
-      <c r="G11" s="67"/>
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="64"/>
     </row>
     <row r="12" spans="1:7" ht="20.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="65" t="s">
+      <c r="A12" s="62" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="79"/>
-[...4 lines deleted...]
-      <c r="G12" s="80"/>
+      <c r="B12" s="72"/>
+      <c r="C12" s="72"/>
+      <c r="D12" s="72"/>
+      <c r="E12" s="72"/>
+      <c r="F12" s="72"/>
+      <c r="G12" s="73"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="25"/>
-      <c r="B13" s="68"/>
-[...3 lines deleted...]
-      <c r="F13" s="68"/>
+      <c r="B13" s="65"/>
+      <c r="C13" s="65"/>
+      <c r="D13" s="65"/>
+      <c r="E13" s="65"/>
+      <c r="F13" s="65"/>
       <c r="G13" s="26"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="1"/>
-      <c r="B14" s="59" t="s">
+      <c r="B14" s="56" t="s">
         <v>4</v>
       </c>
-      <c r="C14" s="59"/>
-[...2 lines deleted...]
-      <c r="F14" s="59"/>
+      <c r="C14" s="56"/>
+      <c r="D14" s="56"/>
+      <c r="E14" s="56"/>
+      <c r="F14" s="56"/>
       <c r="G14" s="2"/>
     </row>
     <row r="15" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="1"/>
       <c r="G15" s="2"/>
     </row>
     <row r="16" spans="1:7" ht="28.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="1"/>
       <c r="C16" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="51" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="31" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="31" t="s">
         <v>28</v>
       </c>
       <c r="G16" s="20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="1"/>
       <c r="B17" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="C17" s="52"/>
-      <c r="D17" s="56">
+      <c r="C17" s="78">
+        <f>JAN!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="53">
         <f>(E17+F17)*D$7</f>
         <v>0</v>
       </c>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="21"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="1"/>
       <c r="B18" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="53"/>
-      <c r="D18" s="57">
+      <c r="C18" s="79">
+        <f>FEB!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="54">
         <f>(E18+F18)*D$7</f>
         <v>0</v>
       </c>
       <c r="E18" s="39"/>
       <c r="F18" s="39"/>
       <c r="G18" s="22"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="1"/>
       <c r="B19" s="38" t="s">
         <v>7</v>
       </c>
-      <c r="C19" s="53"/>
-      <c r="D19" s="57">
+      <c r="C19" s="78">
+        <f>MAA!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D19" s="54">
         <f t="shared" ref="D19:D22" si="0">(E19+F19)*D$7</f>
         <v>0</v>
       </c>
       <c r="E19" s="39"/>
       <c r="F19" s="39"/>
       <c r="G19" s="22"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="1"/>
       <c r="B20" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="C20" s="53"/>
-      <c r="D20" s="57">
+      <c r="C20" s="79">
+        <f>APR!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E20" s="39"/>
       <c r="F20" s="39"/>
       <c r="G20" s="22"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="1"/>
       <c r="B21" s="38" t="s">
         <v>9</v>
       </c>
-      <c r="C21" s="53"/>
-      <c r="D21" s="57">
+      <c r="C21" s="79">
+        <f>MEI!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="22"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="1"/>
       <c r="B22" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="C22" s="53"/>
-      <c r="D22" s="57">
+      <c r="C22" s="79">
+        <f>JUN!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="22"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="38" t="s">
         <v>11</v>
       </c>
-      <c r="C23" s="53"/>
-      <c r="D23" s="57">
+      <c r="C23" s="79">
+        <f>JUL!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D23" s="54">
         <f>(E23+F23)*D$8</f>
         <v>0</v>
       </c>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A24" s="1"/>
       <c r="B24" s="38" t="s">
         <v>12</v>
       </c>
-      <c r="C24" s="53"/>
-      <c r="D24" s="57">
+      <c r="C24" s="79">
+        <f>AUG!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D24" s="54">
         <f t="shared" ref="D24:D28" si="1">(E24+F24)*D$8</f>
         <v>0</v>
       </c>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="1"/>
       <c r="B25" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="C25" s="53"/>
-      <c r="D25" s="57">
+      <c r="C25" s="79">
+        <f>SEP!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D25" s="54">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="1"/>
       <c r="B26" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="C26" s="53"/>
-      <c r="D26" s="57">
+      <c r="C26" s="79">
+        <f>OKT!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D26" s="54">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E26" s="39"/>
       <c r="F26" s="39"/>
       <c r="G26" s="22"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="1"/>
       <c r="B27" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="C27" s="53"/>
-      <c r="D27" s="57">
+      <c r="C27" s="79">
+        <f>NOV!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="54">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E27" s="39"/>
       <c r="F27" s="39"/>
       <c r="G27" s="22"/>
     </row>
     <row r="28" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="1"/>
       <c r="B28" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="C28" s="54"/>
-      <c r="D28" s="58">
+      <c r="C28" s="80">
+        <f>DEC!F5</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="23"/>
     </row>
     <row r="29" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="1"/>
       <c r="B29" s="42" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="43">
         <f>SUM(C17:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="43">
         <f>SUM(D17:D28)</f>
         <v>0</v>
       </c>
       <c r="E29" s="44">
         <f>SUM(E17:E28)</f>
         <v>0</v>
       </c>
       <c r="F29" s="44">
@@ -2804,83 +2852,83 @@
     <hyperlink ref="A11" r:id="rId1" display="https://www.vlaamsesportfederatie.be/kennisbank/vergoedingen-voor-vrijwilligers " xr:uid="{207356EF-83CC-4466-8A3A-EF7D8BBE3AF0}"/>
     <hyperlink ref="A12" r:id="rId2" display="https://www.vlaamsesportfederatie.be/kennisbank/vergoedingen-voor-vrijwilligers " xr:uid="{5BCE52B6-CECE-4695-9A49-486B454AA130}"/>
     <hyperlink ref="A12:G12" r:id="rId3" display="Nieuwste versie van het document:https://handbal.be/nl/publicaties/17" xr:uid="{191E604F-5304-422C-A2A5-516D07667DB6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId4"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;R
 </oddHeader>
     <oddFooter xml:space="preserve">&amp;LVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B4103D9-5DBD-4DE4-8668-6E7A8949387D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -3337,121 +3385,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="3" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{95DD5543-4D25-40EB-8A30-2450A4CA9ACB}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{CA4DE206-FB42-46D1-942C-DF43D67E9C81}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E030440-1421-48BA-90E5-B7C8A965A5B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -3908,118 +3957,119 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="2" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{16A3D647-C32D-4AE0-ABA4-E3ECDF025057}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{3CED1FD6-9F3C-44D2-9844-85A950B891CF}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3A58430-744E-4BA4-B3FC-19C9517D8A26}">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+      <selection activeCell="B8" sqref="B8:B38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -4476,115 +4526,116 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens_4"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens_4"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels_4"/>
     <protectedRange sqref="F7" name="Gegevens_1_3"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1_3"/>
+    <protectedRange sqref="B8:B38" name="Gegevens"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
-    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="Maak een keuze">
+    <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{41205E06-5630-4233-870D-4574838A1B4B}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{608F8557-9EFC-46CF-955E-299804E7273D}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB716C76-5097-4C60-8C99-7425A59DC2A6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -5041,121 +5092,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
-    <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Maak een keuze">
+    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{57AE42D8-4A70-438C-908D-98DDB1396CC9}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{D1E62D65-718A-417E-A683-CFD24BFA76F7}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF9F993F-6BDD-4B88-9BB4-74ACBBFFB4E8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -5626,106 +5678,106 @@
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="A7:F7 G7:H38 A8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:H7" name="Titels"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="11" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{CA46F93D-09C8-4BB9-BEB7-7DF3AD3673E1}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{D3B4A30F-E7E7-42DA-839B-4720D2EBF88F}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCC3ADD8-9E1C-4718-99CF-B06D4AFEEE0D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -6182,121 +6234,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_3"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="10" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{343D5607-1103-4BA3-BF06-6605F6FDB562}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{F87FD280-0CF1-4D80-9980-FC78A14B01BD}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1493937D-A2BD-4559-A39A-773AF63B79ED}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -6753,121 +6806,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_3"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="9" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{04112A83-E833-4D31-B82A-253B4B830247}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{108ECF0C-9268-4DEA-B309-4F3BC9C78F92}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{555DEE18-A73B-4381-A876-022636C11083}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>8</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -7324,121 +7378,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="8" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{E876E4DC-D43A-4A19-9A21-AE14A4F22F2F}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{938C79E3-3997-4390-992D-CB15E8F86F7A}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{496EF090-D0E5-4579-B05D-3CF004D2D787}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>9</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -7895,121 +7950,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="7" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{F50B3657-DF08-44FE-973E-4A309C608D87}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{7699FD49-7559-47A6-91AE-C23FB4722A54}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E5789A-EA39-4C85-8109-6D8317F0D26D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -8466,121 +8522,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="6" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{0CCF9DD3-2175-408A-9795-75DB7E001F44}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{EF15C500-34E2-42DD-8BA9-24DF38F41435}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46D5CBE0-0A4C-4B42-B736-17F05BA9CF4C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>11</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -9037,121 +9094,122 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="5" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{A2CDF7FE-1DEA-4E38-9BBF-CD95D0CCA13F}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{31B6AE33-B6F0-4DD7-B586-6F68B7A65C03}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A81F0FE5-6D18-4109-B178-616235C3D5AC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F2"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="14.77734375" customWidth="1"/>
     <col min="4" max="4" width="31.44140625" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.77734375" customWidth="1"/>
     <col min="7" max="8" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77"/>
-      <c r="B1" s="78"/>
+      <c r="A1" s="76"/>
+      <c r="B1" s="77"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A2" s="16"/>
       <c r="D2" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="75" t="s">
+      <c r="E2" s="74" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="76"/>
+      <c r="F2" s="75"/>
       <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="G3" s="19"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="F4" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="E5" s="32" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="49">
         <f>SUM(F8:F38)</f>
         <v>0</v>
       </c>
       <c r="G5" s="49">
         <f>SUM(G8:H38)</f>
@@ -9608,93 +9666,105 @@
       <c r="C37" s="14"/>
       <c r="D37" s="11"/>
       <c r="E37" s="10"/>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="9"/>
       <c r="B38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="10"/>
       <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A7:E7 G7:H38 A8:D38" name="Gegevens"/>
+    <protectedRange sqref="A7:E7 G7:H38 A8:A38 C8:D38" name="Gegevens"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="A7:E7 G7:H7" name="Titels"/>
     <protectedRange sqref="F7" name="Gegevens_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="xI2049zbCJKfu0GETLE+WWfaMLsBW2vj5OM2gfykE5ArHtGZzNNwvYhXICT9dXMNY495CaVpqHxD33ysI7J2Hg==" saltValue="qDhSGNSmhPxN24xf38BYJQ==" spinCount="100000" sqref="F7" name="Titels_1"/>
+    <protectedRange sqref="B8:B38" name="Gegevens_2"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="B8:B38">
     <cfRule type="containsText" dxfId="4" priority="1" operator="containsText" text="Maak een keuze">
       <formula>NOT(ISERROR(SEARCH("Maak een keuze",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{91C1EC48-B52A-4761-86A8-0464A768ABC5}">
-      <formula1>#REF!</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B38" xr:uid="{A0B8D51B-4FEF-4161-968B-3B5A4C766A60}">
+      <formula1>"Scheidsrechter,Waarnemer,Trainer,Overige"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CVlaamse Handbalvereniging vzw       -       Dorpsstraat 74, 3545 Halen (België)      -      info@handbal.be
 www.handbal.be       -      T: 013 35 30 40       -       0417.063.079       -       RPR, afdeling Hasselt
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="15bf8341-14ba-437c-a659-0e3d7dba9128" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4951b68c-3f37-43f6-b9b1-051e5d277f4d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CC0E9217BE7FF249B3E685FFC866EDDF" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="bb80b8a038e4c9a67992aa1e1ace6dc7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4951b68c-3f37-43f6-b9b1-051e5d277f4d" xmlns:ns3="15bf8341-14ba-437c-a659-0e3d7dba9128" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7cc4f357f582a287c65fa0f29a574b08" ns2:_="" ns3:_="">
     <xsd:import namespace="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
     <xsd:import namespace="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -9911,87 +9981,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9937218F-E3AB-44CA-88BD-F0E77062BD79}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8365283-07DF-4841-A8A4-D7D852A97663}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9937218F-E3AB-44CA-88BD-F0E77062BD79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4951b68c-3f37-43f6-b9b1-051e5d277f4d"/>
+    <ds:schemaRef ds:uri="15bf8341-14ba-437c-a659-0e3d7dba9128"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA23BE4A-8C65-4C66-BC71-9187B78B0B18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>